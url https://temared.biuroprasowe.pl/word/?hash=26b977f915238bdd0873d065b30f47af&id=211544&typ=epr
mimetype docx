--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -38,63 +38,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="500" w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Dziś o godzinie 11:00 odbyła się uroczystość oficjalnego otwarcia nowej hali produkcyjnej firmy Temared przy ul. Kuźniczej w Świdniku. Nowa inwestycja o powierzchni 2000 m² stanowi odpowiedź na rosnące potrzeby produkcyjne firmy, wynikające z dynamicznego wzrostu liczby zamówień na przyczepy do biznesu oraz nieustannego dążenia do poprawy jakości i wydajności oraz warunków pracy.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Kliknij i wp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">W wydarzeniu udział wzięli zaproszeni goście honorowi, w tym Burmistrz Miasta Świdnik – Marcin Dmowski, Zastępca Burmistrza ds. infrastruktury i spraw społecznych – Jerzy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Irsak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>